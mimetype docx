--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -1029,261 +1029,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>