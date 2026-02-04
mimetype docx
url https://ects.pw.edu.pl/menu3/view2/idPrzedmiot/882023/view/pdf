--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -889,401 +889,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe algorytmy numeryczne przybliżonego obliczania całek oznaczonych funkcji jednej zmiennej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe algorytmy numeryczne przybliżonego obliczania całek oznaczonych funkcji jednej zmiennej.							</w:t>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>