--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -889,121 +889,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe algorytmy numeryczne przybliżonego obliczania całek oznaczonych funkcji jednej zmiennej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>