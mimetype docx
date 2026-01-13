--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>