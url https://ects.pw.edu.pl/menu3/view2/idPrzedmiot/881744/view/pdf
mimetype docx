--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -761,287 +761,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
+        <w:t xml:space="preserve">K1_W02, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie procesy fizyczne i przemiany chemiczne zachodzące w organizmie człowieka                   oraz rozumie procesy fizyczne przy zewnętrznym wspomaganiu organizmu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W02, K1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie procesy fizyczne i przemiany chemiczne zachodzące w organizmie człowieka                   oraz rozumie procesy fizyczne przy zewnętrznym wspomaganiu organizmu.</w:t>
+        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie spektrum dyscyplin inżynierskich powiązaną z inżynierią chemiczną i procesową oraz inżynierią materiałową. Zna nowoczesne metody wspomagania pracy sztucznych narządów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W02, K1_W03</w:t>
+        <w:t xml:space="preserve">K1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie spektrum dyscyplin inżynierskich powiązaną z inżynierią chemiczną i procesową oraz inżynierią materiałową. Zna nowoczesne metody wspomagania pracy sztucznych narządów.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury i baz danych na temat sztucznych narządów wewnętrznych; potrafi je interpretować, a także wyciągać wnioski i formułować opinie.                       Ma umiejętności samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, dyskusja, seminarium</w:t>
+        <w:t xml:space="preserve">dyskusja, seminrium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W11</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>