--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W02, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie procesy fizyczne i przemiany chemiczne zachodzące w organizmie człowieka                   oraz rozumie procesy fizyczne przy zewnętrznym wspomaganiu organizmu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>