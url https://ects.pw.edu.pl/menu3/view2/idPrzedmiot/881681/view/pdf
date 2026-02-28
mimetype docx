--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -754,411 +754,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W09, K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą zagrożeń wód powierzchniowych i podziemnych oraz metod przeciwdziałaniu tym zagrożeniom. Zna prawne i techniczne metody ochrony i rekultywacji wód.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, obrona projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą zagrożeń wód powierzchniowych i podziemnych oraz metod przeciwdziałaniu tym zagrożeniom. Zna prawne i techniczne metody ochrony i rekultywacji wód.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić stan wód powierzchniowych wg obowiązujących przepisów prawnych na podstawie dostępnej informacji pomiarowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić stan wód powierzchniowych wg obowiązujących przepisów prawnych na podstawie dostępnej informacji pomiarowej.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować proste modele procesów zachodzących w rzekach, jeziorach i eustariach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">obrona projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U10, K_U17, K_U19, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić stan wód podziemnych wg obowiązujących przepisów prawnych na podstawie dostępnej informacji pomiarowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin, obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U09, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować proste modele procesów zachodzących w rzekach, jeziorach i eustariach.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować proste modele przepływu oraz transportu masy w wodach podziemnych (m.in. dopływu wody do ujęcia oraz ochrony ujęcia przed zanieczyszczeniami).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U10, K_U17, K_U19, K_U20</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U06, K_U10, K_U17, K_U19, K_U20</w:t>
+        <w:t xml:space="preserve">K_U20, K_U04, K_U06, K_U10, K_U17, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>