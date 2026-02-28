--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -972,271 +972,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U24, K_U16, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń inżynierskich opartych na bilansie pędu, ciepła i masy w różnych układach technicznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U16, K_U11, K_U10, K_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie sformułować proste modele zjawisk transportu i zastosować techniki matematyczne w celu budowy modeli matematycznych z zastosowaniem komputerowego pakietu MATLAB.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U24, K_U16, K_U11, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać obliczeń inżynierskich opartych na bilansie pędu, ciepła i masy w różnych układach technicznych. </w:t>
+        <w:t xml:space="preserve">Poszerzył wiedzę na temat złożoności systemów naturalnych i zrozumiał rolę fizyki środowiska i matematyki stosowanej do opisu zjawisk przebiegajacych w tych systemach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U24, K_U16, K_U11, K_U10</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K02, K_K01, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K05, K_K02, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>