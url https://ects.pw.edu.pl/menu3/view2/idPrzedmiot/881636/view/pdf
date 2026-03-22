--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -972,51 +972,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U24, K_U16, K_U11</w:t>
+        <w:t xml:space="preserve">K_U24, K_U16, K_U11, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U11, K_U10, K_U24</w:t>
+        <w:t xml:space="preserve">K_U24, K_U16, K_U11, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>