--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, rozpoznawanie skał i minerałów - ocena z ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07, K_W06, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W09, K_W07, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -838,51 +838,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, wykonanie przekrojów geologicznych i hydrogeologicznych, wykonanie mapy hydroizohips wraz z jej interpretacją, rozpoznawanie skał i minerałów - ocena z ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U13, K_U12, K_U11, K_U05, K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U11, K_U05, K_U03, K_U01, K_U23, K_U13, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>