--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>