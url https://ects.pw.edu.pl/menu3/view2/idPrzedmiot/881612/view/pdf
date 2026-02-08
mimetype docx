--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1178,51 +1178,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzaminy, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U12, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>