--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1178,51 +1178,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzaminy, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U12, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>