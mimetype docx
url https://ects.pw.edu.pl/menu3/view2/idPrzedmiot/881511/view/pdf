--- v0 (2025-12-27)
+++ v1 (2026-02-28)
@@ -787,201 +787,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do bilansowania i modelowania procesów zintegrowanych i reaktorach wielofunkcyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do bilansowania i modelowania procesów zintegrowanych i reaktorach wielofunkcyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt procesowy zmierzający do intensyfikacji i poprawy efektywności procesu dla procesów zintegrowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenie i modyfikację procesu, tj. potrafi zaproponować i zastosować nowoczesne rozwiązania procesowe i aparaturowe w celu zwiększenie efektywności procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>