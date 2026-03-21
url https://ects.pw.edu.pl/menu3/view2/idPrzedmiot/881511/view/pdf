--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do bilansowania i modelowania procesów zintegrowanych i reaktorach wielofunkcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K04, K2_K05</w:t>
+        <w:t xml:space="preserve">K2_K05, K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>