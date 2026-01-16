--- v0 (2026-01-12)
+++ v1 (2026-01-16)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z prezentacji przedstawionej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>