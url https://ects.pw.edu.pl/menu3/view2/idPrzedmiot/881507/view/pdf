--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanych powiązań terenu z otoczeniem, projektu mpzp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U06, K_U11_UR</w:t>
+        <w:t xml:space="preserve">K_U06, K_U11_UR, K_U01, K_U02, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z prezentacji przedstawionej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>