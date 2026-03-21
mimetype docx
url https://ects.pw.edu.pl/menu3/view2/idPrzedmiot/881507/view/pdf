--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena sporządzenia uwarunkowań planistycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10_SR, K_W10_UR</w:t>
+        <w:t xml:space="preserve">K_W10_UR, K_W10_SR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanych powiązań terenu z otoczeniem, projektu mpzp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U11_UR, K_U01, K_U02, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U06, K_U11_UR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>