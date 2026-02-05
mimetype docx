--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W11, K1_W12</w:t>
+        <w:t xml:space="preserve">K1_W12, K1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1020,51 +1020,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W ramach zajęć Student przedstawia w dwuosobowej grupie krótki referat z prezentacją, dotyczący konkretnych aspektów wybranego medium specjalnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>