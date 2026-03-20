--- v1 (2026-02-05)
+++ v2 (2026-03-20)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12, K1_W11</w:t>
+        <w:t xml:space="preserve">K1_W11, K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>