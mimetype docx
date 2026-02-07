--- v0 (2025-12-25)
+++ v1 (2026-02-07)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą ciekłych układów rozproszonych typu emulsje proste i wielokrotne o rozmiarach kropel od mikro do nano i ich zastosowań w nowoczesnych technologiach inżynierii chemicznej i procesowej, zwłaszcza w obszarze medyczno-farmaceutycznym oraz w procesach separacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1507,51 +1507,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W sposób zrozumiały podaje do wiadomości publicznej informacje dotyczące osiągnięć i wykorzystania metod inżynierii chemicznej i procesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>