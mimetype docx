--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1168,51 +1168,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z zakresu inżynierii chemicznej i procesowej oraz nauk pokrewnych - z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1308,51 +1308,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi właściwie ocenić i wyselekcjonować pozyskane rezultaty wyszukiwania oraz zastosować je, zgodnie z regulacjami prawa autorskiego, w swojej własnej pracy naukowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>