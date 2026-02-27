--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1018,151 +1018,221 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie informacji normalizacyjnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie informacji normalizacyjnej.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, bazy danych oraz innych źródeł; potrafi je interpretować a także wyciągać wnioski i formułować opinie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W10</w:t>
+        <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, bazy danych oraz innych źródeł; potrafi je interpretować a także wyciągać wnioski i formułować opinie.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z zakresu inżynierii chemicznej i procesowej oraz nauk pokrewnych - z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1181,178 +1251,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z zakresu inżynierii chemicznej i procesowej oraz nauk pokrewnych - z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku obcym.</w:t>
+        <w:t xml:space="preserve">Syntetyzuje pozyskane informacje i potrafi zastosować je do rozwiązywania złożonych problemów, w celu tworzenia nowych zagadnień, hipotez i rozwiązań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi właściwie ocenić i wyselekcjonować pozyskane rezultaty wyszukiwania oraz zastosować je, zgodnie z regulacjami prawa autorskiego, w swojej własnej pracy naukowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>