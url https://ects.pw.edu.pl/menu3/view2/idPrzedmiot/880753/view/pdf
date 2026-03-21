--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -1018,51 +1018,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie informacji normalizacyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1378,51 +1378,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystuje odpowiednie narzędzia, technologie i strategie w celu zorganizowania, integracji i prezentowania informacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>