--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i prowadzić badania doświadczalne korzystać z przyrządów pomiarowych oraz interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,67 +1114,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, sprawdzian pisemny, kolokwium, praca domowa, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17, K2_U18</w:t>
+        <w:t xml:space="preserve">K2_U18, K2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym i kierowania zespołami, potrafi współdziałać i pracować w grupie, przyjmując w niej różne funkcje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>