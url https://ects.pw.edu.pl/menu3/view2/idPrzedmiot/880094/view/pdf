--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu, referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U03, K2_U06, K2_U09, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U01, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi projektować procesy przemysłowe z uwzględnieniem zagadnień ekonomicznych i środowiskowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>