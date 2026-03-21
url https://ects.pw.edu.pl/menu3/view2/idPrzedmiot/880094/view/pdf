--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -776,67 +776,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu, referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W05, K2_W08, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W05, K2_W08, K2_W09, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabywa wiedzę z zagadnień prawnych związanych z bezpieczeństwem procesowym, bhp produkcji, ppoż., czystości pomieszczeń i substancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu, referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U01, K2_U03</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U06, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi projektować procesy przemysłowe z uwzględnieniem zagadnień ekonomicznych i środowiskowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>