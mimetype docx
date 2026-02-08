--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -750,51 +750,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16, K_W17, K_W18, K_W19, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16, K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U21, K_U22, K_U23, K_U02, K_U04, K_U05, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U19, K_U21, K_U22, K_U23, K_U02, K_U04, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>