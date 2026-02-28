--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -750,51 +750,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16, K_W17, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W17, K_W18, K_W19, K_W01, K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U19, K_U21, K_U22, K_U23, K_U02, K_U04, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U05, K_U07, K_U08, K_U09, K_U19, K_U21, K_U22, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PZE_K01: </w:t>
       </w:r>
     </w:p>