--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -750,51 +750,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W18, K_W19, K_W01, K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W07, K_W10, K_W12, K_W13, K_W15, K_W16, K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U05, K_U07, K_U08, K_U09, K_U19, K_U21, K_U22, K_U23</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U19, K_U21, K_U22, K_U23, K_U02, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PZE_K01: </w:t>
       </w:r>
     </w:p>