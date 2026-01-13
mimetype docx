--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na wykładzie i ocena ze sprawozdań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZJ_nst_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie czym jest dyrektywa  zna  modułową strukturę demonstrowania zgodności wyrobu. Zna różnicę między certyfikacją systemów zarządzania jakością a certyfikacja  wyrobów. Potrafi wyjaśnić jakie są podstawowe zasady przy dopuszczaniu wyrobu do obrotu i użytkowania w UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>