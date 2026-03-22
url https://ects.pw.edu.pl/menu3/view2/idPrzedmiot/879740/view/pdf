--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na wykładzie i ocena ze sprawozdań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZJ_nst_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie czym jest dyrektywa  zna  modułową strukturę demonstrowania zgodności wyrobu. Zna różnicę między certyfikacją systemów zarządzania jakością a certyfikacja  wyrobów. Potrafi wyjaśnić jakie są podstawowe zasady przy dopuszczaniu wyrobu do obrotu i użytkowania w UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,67 +1065,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na wykładzie i ocena ze sprawozdań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U26</w:t>
+        <w:t xml:space="preserve">K_U26, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZJ_nst_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe wytyczne norm dotyczące metody oceny ryzyka, zarządzania środowiskiem i bezpieczeństwem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>