--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaprogramować system informatyczny przy wykorzystaniu wybranego języka wspierającego programowanie obiektowe, wykorzystujący komunikację sieciową i bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_K01: </w:t>
       </w:r>
     </w:p>