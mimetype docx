--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaprogramować system informatyczny przy wykorzystaniu wybranego języka wspierającego programowanie obiektowe, wykorzystujący komunikację sieciową i bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_K01: </w:t>
       </w:r>
     </w:p>