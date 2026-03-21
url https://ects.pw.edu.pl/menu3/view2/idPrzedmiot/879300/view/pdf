--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -720,50 +720,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada elementarną wiedzę w zakresie zarządzania cyklem tworzenia oprogramowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_1ST_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną i podbudowaną wiedzę o procesie powstawania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">realizacja projektu, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -775,266 +845,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_1ST_W01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_1ST_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada elementarną wiedzę w zakresie zarządzania cyklem tworzenia oprogramowania</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować kompletną dokumentację systemu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, projekt</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W21</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_1ST_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_1ST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować kompletną dokumentację systemu informatycznego</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i zaprogramować system informatyczny przy wykorzystaniu wybranego języka wspierającego programowanie obiektowe, wykorzystujący komunikację sieciową i bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_K01: </w:t>
       </w:r>
     </w:p>