--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_U01: </w:t>
       </w:r>
     </w:p>
@@ -1050,51 +1050,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
+        <w:t xml:space="preserve">K_U19, K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>