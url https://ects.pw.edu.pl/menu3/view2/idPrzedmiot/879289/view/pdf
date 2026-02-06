--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U19, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_K01: </w:t>
       </w:r>
     </w:p>