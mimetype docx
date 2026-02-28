--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -980,137 +980,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U19, K_U02, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zamodelować na komputerze układ regulacji z regulatorem PID</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_K01: </w:t>
       </w:r>
     </w:p>