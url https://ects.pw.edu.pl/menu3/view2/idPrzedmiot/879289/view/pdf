--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>