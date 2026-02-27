--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -776,151 +776,221 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna język programowania w śro-dowisku Simulink systemu Ma-tlab</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PSM_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna język programowania w śro-dowisku Simulink systemu Ma-tlab</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować w języku polskim dokumentację programu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PSM_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować w języku polskim dokumentację programu</w:t>
+        <w:t xml:space="preserve">Potrafi zamodelować liniowy układ dynamiczny na komputerze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -939,178 +1009,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PSM_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PSM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zamodelować liniowy układ dynamiczny na komputerze</w:t>
+        <w:t xml:space="preserve">Potrafi zamodelować na komputerze układ regulacji z regulatorem PID</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_K01: </w:t>
       </w:r>
     </w:p>