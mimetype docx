--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna język programowania w śro-dowisku Simulink systemu Ma-tlab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSM_K01: </w:t>
       </w:r>
     </w:p>