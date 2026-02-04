--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -927,137 +927,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować układy elektroniczne potrzebne do realizacji zadania technicznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U22, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETRII_K01: </w:t>
       </w:r>
     </w:p>