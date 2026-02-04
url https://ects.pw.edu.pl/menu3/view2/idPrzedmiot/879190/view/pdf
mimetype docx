--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -782,67 +782,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KW02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie doskonalenia pracowników w pracy w administracji i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1002,67 +1002,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KKS02: </w:t>
       </w:r>
     </w:p>