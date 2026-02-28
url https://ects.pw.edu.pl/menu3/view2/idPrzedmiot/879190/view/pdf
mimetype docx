--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -782,67 +782,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KW02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie doskonalenia pracowników w pracy w administracji i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -932,51 +932,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>