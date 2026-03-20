--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -932,67 +932,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KU03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić czynniki, które przyczyniają się do doskonalenia i rozwoju kompetencji pracowników oraz określić optymalne sposoby uczenia się dorosłych w administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>