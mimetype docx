--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i
 europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów
 normatywnych składających się na te systemy oraz zasady powoływania się na nie przed
 organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące
 organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i
 Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
@@ -945,51 +945,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>