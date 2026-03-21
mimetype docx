--- v1 (2025-12-25)
+++ v2 (2026-03-21)
@@ -760,67 +760,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
+        <w:t xml:space="preserve">K_W03, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i
 europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów
 normatywnych składających się na te systemy oraz zasady powoływania się na nie przed
 organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące
 organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i
 Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
@@ -945,51 +945,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>