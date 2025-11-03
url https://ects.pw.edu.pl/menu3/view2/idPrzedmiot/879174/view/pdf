--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -925,67 +925,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują szereg krótkich prac pisemnych sprawdzających opanowanie podstawowych umiejętności doboru źródeł danych oraz prawa. Wyniki prac są omawiane z prowadzącym zajęcia zarówno podczas spotkań całej grupy, jak również - w trakcie konsultacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>