--- v1 (2025-11-03)
+++ v2 (2025-12-26)
@@ -855,67 +855,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy przez rozwiązywanie praktycznych zadań (studium przypadku / case study), zawierających problem z finansów osobistych. Rozwiązania zadań są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zidentyfikować podmioty dzialające na rynku finansów osobistych, zwłaszcza instytucje publiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>