--- v0 (2025-12-24)
+++ v1 (2026-02-05)
@@ -775,271 +775,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wskazać źródła kultury oraz instytucje zajmujące się dziedzictwem kulturowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać źródła kultury oraz instytucje zajmujące się dziedzictwem kulturowym.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać obserwacji i interpretacji otaczających go zjawisk kulturowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia.</w:t>
+        <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia; ocena postawy studenta na zajęciach oraz zaprezentowanie własnej recenzji z wydarzenia kulturalnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dokonać obserwacji i interpretacji otaczających go zjawisk kulturowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać analizy własnych działań w kontekście wiedzy o kulturze oraz obowiązujących regulacji prawnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia; ocena postawy studenta na zajęciach oraz zaprezentowanie własnej recenzji z wydarzenia kulturalnego.</w:t>
+        <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia; ocena postawy studenta na zajęciach oraz zaprezentowanie własnej recenzji z wydarzenia kulturalnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>