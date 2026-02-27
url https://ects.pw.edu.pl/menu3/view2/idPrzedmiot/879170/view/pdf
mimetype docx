--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać źródła kultury oraz instytucje zajmujące się dziedzictwem kulturowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>