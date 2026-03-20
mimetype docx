--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wypowiedź pisemna na przedstawione zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>