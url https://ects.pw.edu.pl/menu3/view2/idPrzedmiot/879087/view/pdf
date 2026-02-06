--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja postępów prac na zajęciach, obserwacja pracy na zajęciach, oceny cząstkowe w projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-3006_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi skonfigurować środowisko niezbędne do uruchomienia aplikacji SIP oraz przeprowadzenia analiz przestrzennych w zależności od realizowanego zadania. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>