--- v2 (2026-01-14)
+++ v3 (2026-02-05)
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat organizacji, zadań i zasad gospodarki finansowej podmiotów sektora
 finansów publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1122,67 +1122,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1209,51 +1209,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1413,51 +1413,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń
 praktycznych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>