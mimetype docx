--- v0 (2026-02-08)
+++ v1 (2026-03-21)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1207,51 +1207,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1337,67 +1337,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1848,51 +1848,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń
 praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>