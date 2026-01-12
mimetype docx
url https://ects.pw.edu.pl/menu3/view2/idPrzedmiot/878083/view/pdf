--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1631,51 +1631,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>