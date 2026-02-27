--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>