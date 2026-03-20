--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1911,51 +1911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>