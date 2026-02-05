--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -834,51 +834,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W03, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -992,51 +992,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1372,51 +1372,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>