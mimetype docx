--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -760,51 +760,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W03, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -992,51 +992,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1298,51 +1298,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>