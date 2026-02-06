--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -1068,51 +1068,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U13, IS_U01, IS_U05, IS_U06, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>