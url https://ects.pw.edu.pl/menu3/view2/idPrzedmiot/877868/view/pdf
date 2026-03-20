--- v1 (2026-02-06)
+++ v2 (2026-03-20)
@@ -848,271 +848,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20, IS_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółowa wiedzę z zakresu planowania, rozwoju systemów ciepłowniczych, zna i rozumie aktualne kierunki modernizacji systemów ciepłowniczych w zakresie źródeł ciepła, sieci ciepłowniczych i odbiorców ciepła.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykłady: egzamin, ćwiczenia: wykonanie i obrona projektu, kolokwium</w:t>
+        <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przedstawić ocenę techniczna, technologiczną i funkcjonalną urządzeń stosowanych w ciepłownictwie. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie analizować i wyznaczać wskaźniki zużycia energii i wskaźniki emisji występujące w ciepłownictwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin, ćwiczenia: wykonanie i obrona projektów, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U05, IS_U06, IS_U07, IS_U08, IS_U13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_U08, IS_U13, IS_U01, IS_U05, IS_U06, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>