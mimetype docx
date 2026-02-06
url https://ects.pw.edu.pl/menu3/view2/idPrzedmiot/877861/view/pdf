--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -879,261 +879,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W13, IS_W14, IS_W15, IS_W20, IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe układy regulacji w systemach ciepłowniczych; źródłach ciepła, sieci i węzłów ciepłowniczych, w ogrzewanych pomieszczeniach; zna metody poprawy jakości w układach regulacji temperatury u odbiorców ciepła. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe układy regulacji w systemach ciepłowniczych; źródłach ciepła, sieci i węzłów ciepłowniczych, w ogrzewanych pomieszczeniach; zna metody poprawy jakości w układach regulacji temperatury u odbiorców ciepła. </w:t>
+        <w:t xml:space="preserve">Posiada rozszerzoną wiedzę w zakresie sterowania procesami w COW; algorytmy standardowe i niestandardowe, zasady programowania sterowników swobodnie programowalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie komputerowych systemów zarządzania i nadzoru (BEMS) stosowany w eksploatacji budynków; zna strategie sterowania pracą instalacji ogrzewczo- wentylacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">IS_W15, IS_W08, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>