--- v1 (2026-02-06)
+++ v2 (2026-03-21)
@@ -879,51 +879,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W14, IS_W15, IS_W20, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1089,51 +1089,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W08, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1379,51 +1379,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania ćwiczenie nr 7 lub 8) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U08, IS_U15, IS_U16, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1519,51 +1519,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania (ćwiczenie nr 10 i 11) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U04, IS_U07, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>