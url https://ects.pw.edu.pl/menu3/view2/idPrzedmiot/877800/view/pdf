--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W03 , B2_W06 , B2_W07 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ogólną wiedzę teoretyczną na temat chemii polimerów naturalnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>