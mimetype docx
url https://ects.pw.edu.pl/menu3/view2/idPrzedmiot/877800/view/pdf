--- v1 (2026-01-02)
+++ v2 (2026-02-09)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W09 , B2_W10 , B2_W06 , B2_W11 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WK.o, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ogólną wiedzę teoretyczną na temat chemii polimerów naturalnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>