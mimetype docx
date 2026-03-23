--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna znaczenie logistyki gospodarki odpadami w biogospodarce, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i tworzenia innowacyjnych rozwiązań w w praktyce przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie zaliczeniowe na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) w zakresie analizy/optymalizacji systemów logistycznych  dla różnych strumienia odpadów biodegradowalnych	(na różnych poziomach analizy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>