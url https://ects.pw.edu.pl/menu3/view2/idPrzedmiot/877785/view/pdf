--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -734,411 +734,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 , B2_W11 , B2_W12 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
+        <w:t xml:space="preserve">ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze biogospodarki, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W11 , B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze biogospodarki, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
+        <w:t xml:space="preserve">przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych instalacji, w zależności od miejsca odbywania praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W11 , B2_W12 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U13 , B2_U01 , B2_U02 , B2_U03 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych instalacji, w zależności od miejsca odbywania praktyki.</w:t>
+        <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U10 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">B2_U12 , B2_U13 , B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U12 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>