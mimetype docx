--- v1 (2026-01-02)
+++ v2 (2026-02-05)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W08 , B2_W09 , B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U13 , B2_U01 , B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U08, B2_U10 , B2_U13 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,51 +1040,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>