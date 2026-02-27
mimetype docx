--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W08 , B2_W09 , B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U08, B2_U10 , B2_U13 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1024,67 +1024,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>