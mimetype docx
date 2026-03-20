--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 , B2_W11 , B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U13 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U13 , B2_U02 , B2_U03 , B2_U01 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,51 +1040,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>