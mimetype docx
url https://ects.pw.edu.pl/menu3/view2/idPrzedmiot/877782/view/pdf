--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach komputerowych (poszukiwanie literatury, praca z artykułami);  Studialna praca przeglądowa w języku angielskim (praca zespołowa); Prezentacja zaplanowanego eksperymentu (praca zespołowa); Udział w debacie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07, B2_U12 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U12 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować oraz redagować prostą pracę o charakterze naukowym przy użyciu komputerowych technik edycji tekstu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1030,67 +1030,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studialna praca przeglądowa w języku angielskim (praca zespołowa); Raport w języku angielskim z prac badawczych (praca zespołowa)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U12 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U12 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować, przeprowadzać eksperymenty, interpretować uzyskane wyniki oraz efektywnie prezentować wyniki własnych badań w formie ustnej prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U12 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić debatę w zakresie problemów właściwych dla biogospodarki w inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>