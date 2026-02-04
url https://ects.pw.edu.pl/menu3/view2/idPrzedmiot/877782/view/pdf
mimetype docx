--- v1 (2026-01-02)
+++ v2 (2026-02-04)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu ochrony prawa autorskiego oraz transferu i komercjalizacji wiedzy, a także zna konieczność rozważania społecznych skutków rozwoju biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach komputerowych (poszukiwanie literatury, praca z artykułami);  Studialna praca przeglądowa w języku angielskim (praca zespołowa); Prezentacja zaplanowanego eksperymentu (praca zespołowa); Udział w debacie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U12 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U12 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować oraz redagować prostą pracę o charakterze naukowym przy użyciu komputerowych technik edycji tekstu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U12 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić debatę w zakresie problemów właściwych dla biogospodarki w inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>