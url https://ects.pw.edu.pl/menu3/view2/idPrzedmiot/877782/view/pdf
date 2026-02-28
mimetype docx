--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu ochrony prawa autorskiego oraz transferu i komercjalizacji wiedzy, a także zna konieczność rozważania społecznych skutków rozwoju biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach komputerowych (poszukiwanie literatury, praca z artykułami);  Studialna praca przeglądowa w języku angielskim (praca zespołowa); Prezentacja zaplanowanego eksperymentu (praca zespołowa); Udział w debacie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U12 , B2_U14 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07, B2_U12 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować oraz redagować prostą pracę o charakterze naukowym przy użyciu komputerowych technik edycji tekstu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1030,137 +1030,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studialna praca przeglądowa w języku angielskim (praca zespołowa); Raport w języku angielskim z prac badawczych (praca zespołowa)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U12 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U07, B2_U12 , B2_U14 , B2_U02 , B2_U03 , B2_U04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi planować, przeprowadzać eksperymenty, interpretować uzyskane wyniki oraz efektywnie prezentować wyniki własnych badań w formie ustnej prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raport w języku angielskim z prac badawczych (praca zespołowa); Prezentacja w języku angielskim wyników przeprowadzonych prac badawczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U12 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić debatę w zakresie problemów właściwych dla biogospodarki w inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>