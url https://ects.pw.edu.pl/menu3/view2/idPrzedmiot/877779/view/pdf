--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U03 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi  zaprojektować - zgodnie z zadaną specyfiką, uwzględniającą aspekty pozatechniczne – oraz zrealizować złożony proces przetwarzania biomasy lignocelulozowej wykorzystywany w biogospodarce, używając właściwych metod, technik i narzędzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody prowadzenia hodowli mikroorganizmów na hydrolizatach lignocelulozowych oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1211,51 +1211,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody obróbki wstępnej i hydrolizy odpadów lignocelulozowych w zależności od charakterystyki surowca oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>