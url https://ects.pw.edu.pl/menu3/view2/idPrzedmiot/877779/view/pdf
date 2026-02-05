--- v1 (2026-01-02)
+++ v2 (2026-02-05)
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody prowadzenia hodowli mikroorganizmów na hydrolizatach lignocelulozowych oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1195,67 +1195,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U14 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody obróbki wstępnej i hydrolizy odpadów lignocelulozowych w zależności od charakterystyki surowca oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>