--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U03 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi  zaprojektować - zgodnie z zadaną specyfiką, uwzględniającą aspekty pozatechniczne – oraz zrealizować złożony proces przetwarzania biomasy lignocelulozowej wykorzystywany w biogospodarce, używając właściwych metod, technik i narzędzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody prowadzenia hodowli mikroorganizmów na hydrolizatach lignocelulozowych oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1195,67 +1195,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U14 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody obróbki wstępnej i hydrolizy odpadów lignocelulozowych w zależności od charakterystyki surowca oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>