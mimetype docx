--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1010,51 +1010,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność, w oparciu o bilans elementarny, oszacowania wartości typowych współczynników bilansowych procesów biotechnologicznych (np. współczynnika wydajności biomasy względem substratu, współczynnika oddechowego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1080,51 +1080,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych i biochemicznych (enzymatycznych) w bioreaktorach idealnych, z ciałem stałym i w kulturach mieszanych z wykorzystaniem biomasy wtórnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>