--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -832,67 +832,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - test zaliczeniowy,
 Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych, kolokwium zaliczeniowe.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się, dyskutować i przekazywać wiedzę z zakresu prawa i ekonomiki w biogospodarce w taki sposób, aby była ona zrozumiała dla osób nieposiadających przygotowania merytorycznego w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,51 +902,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>