--- v1 (2026-01-02)
+++ v2 (2026-02-28)
@@ -902,51 +902,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U11 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U14 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>