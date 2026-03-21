--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U14 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>