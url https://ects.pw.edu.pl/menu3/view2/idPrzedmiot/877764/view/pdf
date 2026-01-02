--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu genetyki i inżynierii genetycznej. Posiada podstawową wiedzę z zakresu mechanizmów molekularnych zachodzących w komórce na poziomie DNA i białek. Posiada podstawową wiedzę z zakresu technik badawczych wykorzystywanych w biologii molekularnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>