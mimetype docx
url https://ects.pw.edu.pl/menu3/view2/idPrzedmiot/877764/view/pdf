--- v1 (2026-01-02)
+++ v2 (2026-02-28)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu genetyki i inżynierii genetycznej. Posiada podstawową wiedzę z zakresu mechanizmów molekularnych zachodzących w komórce na poziomie DNA i białek. Posiada podstawową wiedzę z zakresu technik badawczych wykorzystywanych w biologii molekularnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>