--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium, obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U14 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia i dobrać elementy składowe układu wymiany ciepła i masy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>