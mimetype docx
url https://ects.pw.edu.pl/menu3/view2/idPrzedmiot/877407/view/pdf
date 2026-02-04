--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -945,67 +945,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05, IM2_W10</w:t>
+        <w:t xml:space="preserve">IM2_W10, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_U1: </w:t>
       </w:r>
     </w:p>