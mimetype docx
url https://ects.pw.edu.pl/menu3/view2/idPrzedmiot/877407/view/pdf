--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -821,191 +821,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EAEK_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna mechanizmy zużywania się materiałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EAEK_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EAEK_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna mechanizmy zużywania się materiałów</w:t>
+        <w:t xml:space="preserve">Zna metody przewidywania niezawodności maszyn</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05</w:t>
+        <w:t xml:space="preserve">IM2_W05, IM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_U1: </w:t>
       </w:r>
     </w:p>