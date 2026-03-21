--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -751,121 +751,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EAEK_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zjawisko tarcia i towarzyszące mu procesy </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna mechanizmy zużywania się materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>