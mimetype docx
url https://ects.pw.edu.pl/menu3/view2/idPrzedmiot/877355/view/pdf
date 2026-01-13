--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -749,261 +749,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ISMBN_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe techniki służące do badania struktury, własności mechanicznych i zmian konformacyjnych pojedynczych cząsteczek białek i DNA; rozumie zastosowania tych technik w badaniach podstawowych procesów życiowych (W3 – W6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ISMBN_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">3.	Zna możliwości współczesnej nauki w badaniu i manipulacji wielu nanocząstek jednocześnie (W7). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ISMBN_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody funkcjonalizacji powierzchni do badań pojedynczych cząsteczek (Ćw 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie ćwiczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ISMBN_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy obsługi mikroskopu sił atomowych w modzie kontaktowym (Ćw 2, 3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>