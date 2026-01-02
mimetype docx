--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U18, IM2_U19, IM2_U10</w:t>
+        <w:t xml:space="preserve">IM2_U10, IM2_U18, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena przygotowanego przez studenta opracowania na podstawie literatury w języku polskim i angielskim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05</w:t>
+        <w:t xml:space="preserve">IM2_U05, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K1: </w:t>
       </w:r>
     </w:p>