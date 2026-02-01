--- v1 (2026-01-02)
+++ v2 (2026-02-01)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena przygotowanego przez studenta opracowania na podstawie literatury w języku polskim i angielskim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U05, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K1: </w:t>
       </w:r>
     </w:p>