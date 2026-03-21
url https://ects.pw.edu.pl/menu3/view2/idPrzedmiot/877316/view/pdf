--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -750,51 +750,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W06, IM2_W07, IM2_W05</w:t>
+        <w:t xml:space="preserve">IM2_W05, IM2_W06, IM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>