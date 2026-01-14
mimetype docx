--- v0 (2025-10-31)
+++ v1 (2026-01-14)
@@ -973,51 +973,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić prezentację multimedialną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>