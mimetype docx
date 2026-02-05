--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -753,271 +753,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TI_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości i ograniczenia typowego oprogramowania komputerowego i dostępnych zasobów informacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja studentra w trakcie pracy samodzielnej i grupowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TI_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TI_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna możliwości i ograniczenia typowego oprogramowania komputerowego i dostępnych zasobów informacyjnych</w:t>
+        <w:t xml:space="preserve">Umie edytować i przygotowywać do publikacji teksty, nadaje im właściwą strukturę i formę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, obserwacja studentra w trakcie pracy samodzielnej i grupowej</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04</w:t>
+        <w:t xml:space="preserve">IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TI_U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie edytować i przygotowywać do publikacji teksty, nadaje im właściwą strukturę i formę</w:t>
+        <w:t xml:space="preserve">Potrafi wykonywać obliczenia i przetwarzać dane wykorzystując arkusze kalkulacyjne i bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić prezentację multimedialną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>