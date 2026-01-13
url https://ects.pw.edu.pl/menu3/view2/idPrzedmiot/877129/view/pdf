--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W14, IM1_W03, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę dotyczącą metod odzysku tworzyw sztucznych i metali</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1030,67 +1030,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>