--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_K1: </w:t>
       </w:r>
     </w:p>