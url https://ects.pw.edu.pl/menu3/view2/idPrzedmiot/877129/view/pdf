--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U16, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_K1: </w:t>
       </w:r>
     </w:p>