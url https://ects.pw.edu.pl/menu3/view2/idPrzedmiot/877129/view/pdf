--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -880,67 +880,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12, IM1_W14</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W08, IM1_W12, IM1_W14, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_K1: </w:t>
       </w:r>
     </w:p>