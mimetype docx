--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -750,51 +750,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie dlaczego materiały zmieniają swoją strukturę i właściwości po napromieniowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,51 +1040,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować moduł fotowoltaiczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>