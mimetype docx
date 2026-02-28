--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1040,51 +1040,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować moduł fotowoltaiczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>