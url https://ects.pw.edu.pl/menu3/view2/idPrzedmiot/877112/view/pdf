--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -742,67 +742,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W11, IM1_W14, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W11, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSML_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie własności powierzchniowych, w tym w szczególności, w zakresie odporności na korozję stopów aluminium i magnezu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1102,51 +1102,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>