--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06, IM1_W11, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSML_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie własności powierzchniowych, w tym w szczególności, w zakresie odporności na korozję stopów aluminium i magnezu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1102,67 +1102,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
+        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSML_K1: </w:t>
       </w:r>
     </w:p>