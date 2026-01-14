--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PTNiK_U1: </w:t>
       </w:r>
     </w:p>