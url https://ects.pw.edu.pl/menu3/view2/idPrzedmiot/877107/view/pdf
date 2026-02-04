--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -733,207 +733,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">PTNiK_W2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_W10, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTNiK_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą takie zagadnienia jak: podstawy nauki o materiałach, mechanizmy niszczenia materiałów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prezentacji referatu, aktywności na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PTNiK_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PTNiK_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą takie zagadnienia jak: podstawy nauki o materiałach, mechanizmy niszczenia materiałów </w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o trwałości i niezawodności, cyklu życia urządzeń, obiektów i systemów technicznych oraz wpływie poprawnego doboru materiału na te cechy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji referatu, aktywności na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PTNiK_U1: </w:t>
       </w:r>
     </w:p>