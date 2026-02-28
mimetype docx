--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -733,137 +733,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">PTNiK_W2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W10, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTNiK_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą takie zagadnienia jak: podstawy nauki o materiałach, mechanizmy niszczenia materiałów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prezentacji referatu, aktywności na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PTNiK_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o trwałości i niezawodności, cyklu życia urządzeń, obiektów i systemów technicznych oraz wpływie poprawnego doboru materiału na te cechy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>