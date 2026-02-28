--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W10, IM1_W11, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W10, IM1_W11, IM1_W13, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U11, IM1_U12, IM1_U13, IM1_U14, IM1_U15, IM1_U16, IM1_U01, IM1_U17, IM1_U03, IM1_U04, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16, IM1_U17, IM1_U01, IM1_U03, IM1_U04, IM1_U05, IM1_U09, IM1_U11, IM1_U12, IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>