--- v1 (2026-02-28)
+++ v2 (2026-03-22)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W10, IM1_W11, IM1_W13, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W10, IM1_W11, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16, IM1_U17, IM1_U01, IM1_U03, IM1_U04, IM1_U05, IM1_U09, IM1_U11, IM1_U12, IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U09, IM1_U11, IM1_U14, IM1_U12, IM1_U15, IM1_U13, IM1_U16, IM1_U17, IM1_U01, IM1_U03, IM1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>