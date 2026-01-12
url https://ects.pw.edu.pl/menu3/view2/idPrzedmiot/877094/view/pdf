--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka D3D_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować i zoptymalizować proces druku 3D, stosując odpowiednie techniki i metody badawcze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>