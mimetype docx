--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka D3D_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować i zoptymalizować proces druku 3D, stosując odpowiednie techniki i metody badawcze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,51 +1063,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka D3D_K1: </w:t>
       </w:r>
     </w:p>