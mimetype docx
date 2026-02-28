--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka D3D_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat doboru materiałów do druku oraz projektowania procesu wytwarzania zaawansowanych materiałów funkcjonalnych i nowoczesnych materiałów konstrukcyjnych wytwarzanych w procesie druku 3D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,51 +1063,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka D3D_K1: </w:t>
       </w:r>
     </w:p>