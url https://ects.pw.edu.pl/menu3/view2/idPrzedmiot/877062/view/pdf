--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U04, IM1_U05, IM1_U07, IM1_U01, IM1_U02</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U02, IM1_U04, IM1_U05, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POLF_KS1: </w:t>
       </w:r>
     </w:p>