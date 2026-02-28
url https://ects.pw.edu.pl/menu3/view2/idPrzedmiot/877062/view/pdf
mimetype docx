--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08, IM1_W09, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W09, IM1_W11, IM1_W04, IM1_W05, IM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POLF_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o kierunkach rozwoju polimerów funkcjonalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>