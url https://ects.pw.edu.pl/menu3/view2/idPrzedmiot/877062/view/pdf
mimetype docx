--- v2 (2026-02-28)
+++ v3 (2026-03-29)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W09, IM1_W11, IM1_W04, IM1_W05, IM1_W08</w:t>
+        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08, IM1_W09, IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POLF_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o kierunkach rozwoju polimerów funkcjonalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,51 +803,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08, IM1_W09, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W08, IM1_W09, IM1_W04, IM1_W11, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>